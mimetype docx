--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -48,51 +48,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidTr="00C60E81">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16155" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidRDefault="00710B39" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002522F1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2025-2026 EĞİTİM-ÖĞRETM YILI  .......................................................................... MOBLYA İç MEKAN TASARıMı (MESEM) ALANI 10. SINIF  MEKAN YARDMC GEREçLEṘ (ṀMT)(YEN*) DERSİ ÜNTELENDİRLM YILLIK PLANI</w:t>
+              <w:t>2025-2026 EĞİTM-ÖĞRETİM YILI  .......................................................................... RADYO TELEVZYON ALANI 11. SINIF  SNEMA TARH(YEN*) DERSİ ÜNTELENDİRLMİŞ YILLIK PLANI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C60E81" w:rsidRPr="00710B39" w:rsidTr="008B55DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="006F7A33" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7A33">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -332,140 +332,142 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>08-12 Eylül</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>Sinemanın Doğuşu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Doğal Malzemeler</w:t>
+              <w:t>1. İlk Filmler 1900-1920</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan doğal   malzemeleri   sınıflandırarak açıklar.</w:t>
+              <w:t> Sinemanın   doğuşuyla   birlikte   ilk   filmler   ve   temel unsurların gelişimini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>         Kaplamalar açıklanır.</w:t>
+              <w:t>       1895-1918  Thomas  Edison  Luis  ve  Agustin  Lumierin sinemayı keşif yolculukları açıklanır.</w:t>
               <w:br/>
-              <w:t>         Kontraplaklar açılanır.</w:t>
+              <w:t>       İşçiler Fabrikadan Çıkıyor-Trenin Gara Girişi ilk filmler incelenir.</w:t>
               <w:br/>
-              <w:t>         Masif paneller açıklanır.</w:t>
+              <w:t>       Aya Seyahat filmi incelenir.</w:t>
+              <w:br/>
+              <w:t>       George   Meliesin   sinemaya   katkıları-ilk   özel   efekt- açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Uluslararası Temiz Hava Günü</w:t>
             </w:r>
@@ -535,140 +537,138 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>15-19 Eylül</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>Sinemanın Doğuşu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Doğal Malzemeler</w:t>
+              <w:t>2. Sinemanın Temel Unsurları Gelişiyor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan doğal   malzemeleri   sınıflandırarak açıklar.</w:t>
+              <w:t> Sinemanın temel unsurlarının gelişimini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>         Kaplamalar açıklanır.</w:t>
+              <w:t>       Kesme  yakın  plan  öykü  içinde  öykü  yıldız  oyunculuk geniş format hayalet çekim devam ve paralel kurgu çift pozlama   gibi   sinemanın   ilk   gelişen   temel   unsurlar örnekleriyle açıklanır.</w:t>
               <w:br/>
-              <w:t>         Kontraplaklar açılanır.</w:t>
-[...1 lines deleted...]
-              <w:t>         Masif paneller açıklanır.</w:t>
+              <w:t>       Hayalet Araba-Amerikalı Bir İtfaiyecinin Yaşamı-Cadılar filmi sinemaya katkılarıyla incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>İlköğretim Haftası Mevlid-i Nebî Haftası Öğrenciler Günü Gaziler Günü</w:t>
             </w:r>
@@ -738,140 +738,138 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>22-26 Eylül</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>Sinemanın Doğuşu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Doğal Malzemeler</w:t>
+              <w:t>3. Hollywoodun Mit Haline Gelişi 1918-1928</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan doğal   malzemeleri   sınıflandırarak açıklar.</w:t>
+              <w:t> Hollywoodun mit haline gelişi sinemadaki gelişmelerle açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>         Kaplamalar açıklanır.</w:t>
+              <w:t>       İlk stüdyoların kullanılması ilk uzun metraj Kediler Çetesi bakış  yönü  aks  çizgisi  gibi  sinemada  gelişen  temel unsurlar örneklerle açıklanır.</w:t>
               <w:br/>
-              <w:t>         Kontraplaklar açılanır.</w:t>
-[...1 lines deleted...]
-              <w:t>         Masif paneller açıklanır.</w:t>
+              <w:t>       D.W.  Griffith  filmleri  punktum  görsel  yumuşaklık  takip planları dış çekimler gibi öncü özellikleriyle incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -941,140 +939,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>29 Eylül-03 Ekim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>Sinemanın Doğuşu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Doğal Malzemeler</w:t>
+              <w:t>4. Türk Sinemasında İlk Dönem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan doğal   malzemeleri   sınıflandırarak açıklar.</w:t>
+              <w:t> Türk sinemasında ilk dönemi 1910-1922 açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>         Kaplamalar açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t>         Masif paneller açıklanır.</w:t>
+              <w:t>       Türk sinemasında ilk belgesel filmler incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Disleksi Haftası Dünya Disleksi Günü</w:t>
             </w:r>
@@ -1144,140 +1138,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>06-10 Ekim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>Sinemanın Doğuşu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Doğal Malzemeler</w:t>
+              <w:t>4. Türk Sinemasında İlk Dönem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan doğal   malzemeleri   sınıflandırarak açıklar.</w:t>
+              <w:t> Türk sinemasında ilk dönemi 1910-1922 açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>         Kaplamalar açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t>         Masif paneller açıklanır.</w:t>
+              <w:t>       Türk sinemasında ilk belgesel filmler incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Ahilik Kültürü Haftası</w:t>
             </w:r>
@@ -1347,140 +1337,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>13-17 Ekim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>Sinemanın Doğuşu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Doğal Malzemeler</w:t>
+              <w:t>4. Türk Sinemasında İlk Dönem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan doğal   malzemeleri   sınıflandırarak açıklar.</w:t>
+              <w:t> Türk sinemasında ilk dönemi 1910-1922 açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>         Kaplamalar açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t>         Masif paneller açıklanır.</w:t>
+              <w:t>       Türk sinemasında ilk belgesel filmler incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -1550,140 +1536,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>20-24 Ekim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>1920ler Dönemi Sinema</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Doğal Malzemeler</w:t>
+              <w:t>1. Hollywood Rüyası</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan doğal   malzemeleri   sınıflandırarak açıklar.</w:t>
+              <w:t> Hollywood rüyasını 1920 açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>         Kaplamalar açıklanır.</w:t>
+              <w:t>       Klasik   romantik   sinema   örneklerle   Bağdat   Hırsızı açıklanır.</w:t>
               <w:br/>
-              <w:t>         Kontraplaklar açılanır.</w:t>
+              <w:t>       Charlie  Chaplin  Altına  Hücum  Buster  Keotan  filmleri incelenir.</w:t>
               <w:br/>
-              <w:t>         Masif paneller açıklanır.</w:t>
+              <w:t>       Kuzeyli Nanook Kalabalık gibi gerçekçi filmler ile Eric Von Strocheim  Karl  Diadar  Draydar  Yvegeni  Bauer  gibi yönetmenlerle gerçekçi sinemanın ilk örnekleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -1753,140 +1739,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>27-31 Ekim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>1920ler Dönemi Sinema</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Doğal Malzemeler</w:t>
+              <w:t>2. İlk Asiler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan doğal   malzemeleri   sınıflandırarak açıklar.</w:t>
+              <w:t> Dünya sinemasının altın çağını 1918-1932 açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>         Kaplamalar açıklanır.</w:t>
+              <w:t>        Dağ Kedisi Gerçeküstücü Tekerlek İzlenimci Şafak Fransız    şiirsel    gerçekçilik        Doktor    Kaligarinin Muayenesi  Dışavurumcu    Endülüs  Köpeği  Serbest çağrışım  Metropolis  gibi  öncü  akım  filmleri  örnekleri incelenir.</w:t>
               <w:br/>
-              <w:t>         Kontraplaklar açılanır.</w:t>
+              <w:t>       Sovyet montajı Sergey Ayzenştayn filmleri incelenir.</w:t>
               <w:br/>
-              <w:t>         Masif paneller açıklanır.</w:t>
+              <w:t>       Yaşujiro Ozu filmlerinin özellikleri incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Cumhuriyet Bayramı</w:t>
             </w:r>
@@ -1956,148 +1942,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>03-07 Kasım</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>1920ler Dönemi Sinema</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yapay Malzemeler</w:t>
+              <w:t>3. Türk Sinemasında Tiyatrocular Dönemi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Dönem 1. Sınav  Mobilya    sektöründe    kullanılan yapay                          malzemeleri sınıflandırarak açıklar.</w:t>
+              <w:t>1. Dönem 1. Sınav  Türk sinemasında tiyatrocular dönemini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>        Yonga Levhalar açıklanır</w:t>
-[...11 lines deleted...]
-              <w:t>        Kompozit          malzemeler açıklanır</w:t>
+              <w:t>       Türk sinemasında 1922-1939 Muhsin Ertuğrul sineması incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kızılay Haftası Organ Bağışı ve Nakli Haftası Lösemili Çocuklar Haftası</w:t>
             </w:r>
@@ -2167,51 +2141,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>10-14 Kasım</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1. Dönem Ara Tatili</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2364,148 +2338,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>17-21 Kasım</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>1920ler Dönemi Sinema</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yapay Malzemeler</w:t>
+              <w:t>3. Türk Sinemasında Tiyatrocular Dönemi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan yapay                          malzemeleri sınıflandırarak açıklar.</w:t>
+              <w:t> Türk sinemasında tiyatrocular dönemini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>        Yonga Levhalar açıklanır</w:t>
-[...11 lines deleted...]
-              <w:t>        Kompozit          malzemeler açıklanır</w:t>
+              <w:t>       Türk sinemasında 1922-1939 Muhsin Ertuğrul sineması incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Dünya Felsefe Günü Dünya Çocuk Hakları Günü</w:t>
             </w:r>
@@ -2575,148 +2537,152 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>24-28 Kasım</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>Sinemaya Sesin Gelişi 1930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yapay Malzemeler</w:t>
+              <w:t>1.  Amerikan Tür Filmleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan yapay                          malzemeleri sınıflandırarak açıklar.</w:t>
+              <w:t> Amerikan tür filmlerini korku gangster western müzikal komedi çizgi filmleri inceler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>        Yonga Levhalar açıklanır</w:t>
+              <w:t> Sinemada sesli dönemin başlamasıyla stüdyolara platolara geri dönüş açıklanır.</w:t>
               <w:br/>
-              <w:t>        Kaplanmış  yonga  levhalar açıklanır</w:t>
+              <w:t> Sesin önem kazanması görüntünün ikinci plana atılarak sinemanın sinematiklikten uzaklaşması örneklendirilir.</w:t>
               <w:br/>
-              <w:t>        Lif Levhalar açıklanır</w:t>
+              <w:t> Müzikallerde metaforik sesin kullanılmasıyla sesin birebir yansıtılmadan kurtarılışı açıklanır.</w:t>
               <w:br/>
-              <w:t>        Kaplanmış      lif      levhalar açıklanır</w:t>
+              <w:t> Korku sinemasında çapraz kompozisyon görünmeyenin dehşeti dışavurum etkileri</w:t>
               <w:br/>
-              <w:t>        Kompakt levhalar açıklanır</w:t>
+              <w:t> Gangster filmlerinin 1922-1930 döneminde Halk Düşmanıyla başlayan Howard Hawksın Yaralı Yüzüyle yunan tragedyasına dönüşümü incelenir.</w:t>
               <w:br/>
-              <w:t>        Verzalit levhalar açıklanır</w:t>
+              <w:t> Kovboy filmleri 1860-1900 arası geçen hızlı kamera yeni kuruluş beyaz ışık gibi özellikleriyleJohn Fordincelenir.</w:t>
               <w:br/>
-              <w:t>        Kompozit          malzemeler açıklanır</w:t>
+              <w:t> Komedi film türü şamatalı diyaloglar hız ve kargaşa gibi özellikleriyle örneklendirilerek incelenir.</w:t>
+              <w:br/>
+              <w:t> Howard Hawksın tür filmlerine katkısı örneklendirilir. Tehlikeli Bebek-Derin Uyku-Kızıl Nehir-Kahramanlar Şehri</w:t>
+              <w:br/>
+              <w:t> Çizgi film 1906 türünün globalleşmesi incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Ağız ve Diş Sağlığı Haftası Öğretmenler Günü</w:t>
             </w:r>
@@ -2786,148 +2752,152 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>01-05 Aralık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>Sinemaya Sesin Gelişi 1930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yapay Malzemeler</w:t>
+              <w:t>1.  Amerikan Tür Filmleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan yapay                          malzemeleri sınıflandırarak açıklar.</w:t>
+              <w:t> Amerikan tür filmlerini korku gangster western müzikal komedi çizgi filmleri inceler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>        Yonga Levhalar açıklanır</w:t>
+              <w:t> Sinemada sesli dönemin başlamasıyla stüdyolara platolara geri dönüş açıklanır.</w:t>
               <w:br/>
-              <w:t>        Kaplanmış  yonga  levhalar açıklanır</w:t>
+              <w:t> Sesin önem kazanması görüntünün ikinci plana atılarak sinemanın sinematiklikten uzaklaşması örneklendirilir.</w:t>
               <w:br/>
-              <w:t>        Lif Levhalar açıklanır</w:t>
+              <w:t> Müzikallerde metaforik sesin kullanılmasıyla sesin birebir yansıtılmadan kurtarılışı açıklanır.</w:t>
               <w:br/>
-              <w:t>        Kaplanmış      lif      levhalar açıklanır</w:t>
+              <w:t> Korku sinemasında çapraz kompozisyon görünmeyenin dehşeti dışavurum etkileri</w:t>
               <w:br/>
-              <w:t>        Kompakt levhalar açıklanır</w:t>
+              <w:t> Gangster filmlerinin 1922-1930 döneminde Halk Düşmanıyla başlayan Howard Hawksın Yaralı Yüzüyle yunan tragedyasına dönüşümü incelenir.</w:t>
               <w:br/>
-              <w:t>        Verzalit levhalar açıklanır</w:t>
+              <w:t> Kovboy filmleri 1860-1900 arası geçen hızlı kamera yeni kuruluş beyaz ışık gibi özellikleriyleJohn Fordincelenir.</w:t>
               <w:br/>
-              <w:t>        Kompozit          malzemeler açıklanır</w:t>
+              <w:t> Komedi film türü şamatalı diyaloglar hız ve kargaşa gibi özellikleriyle örneklendirilerek incelenir.</w:t>
+              <w:br/>
+              <w:t> Howard Hawksın tür filmlerine katkısı örneklendirilir. Tehlikeli Bebek-Derin Uyku-Kızıl Nehir-Kahramanlar Şehri</w:t>
+              <w:br/>
+              <w:t> Çizgi film 1906 türünün globalleşmesi incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Dünya Engelliler Günü Dünya Madenciler Günü Türk Kadınına Seçme ve Seçilme Hakkının Verilişi</w:t>
             </w:r>
@@ -2997,148 +2967,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>08-12 Aralık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>Sinemaya Sesin Gelişi 1930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yapay Malzemeler</w:t>
+              <w:t>2.  Avrupa Sineması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan yapay                          malzemeleri sınıflandırarak açıklar.</w:t>
+              <w:t> Avrupa sineması ve şiirsel gerçekçiliği açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>        Yonga Levhalar açıklanır</w:t>
+              <w:t> Fransız Jean Cocteau Bir Şairin Kanı Jean Vigo Hal ve Gidiş Sıfır Geçip Giden Çatana</w:t>
               <w:br/>
-              <w:t>        Kaplanmış  yonga  levhalar açıklanır</w:t>
+              <w:t> Karne Prever Sisler Rıhtımı Cennetin Çocukları Marcel Carne Jane Renoir Harp Esirleri filmlerinin sinemaya getirdiği yaklaşımlar örneklerle incelenir.</w:t>
               <w:br/>
-              <w:t>        Lif Levhalar açıklanır</w:t>
-[...7 lines deleted...]
-              <w:t>        Kompozit          malzemeler açıklanır</w:t>
+              <w:t> Alfred Hitchcoock filmleri yenilikçi yönetmenin bakış açısı birlikte Vertigo Arka Pencere incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Mevlana Haftası İnsan Hakları ve Demokrasi Haftası</w:t>
             </w:r>
@@ -3208,148 +3170,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>15-19 Aralık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>Sinemaya Sesin Gelişi 1930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yapay Malzemeler</w:t>
+              <w:t>2.  Avrupa Sineması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan yapay                          malzemeleri sınıflandırarak açıklar.</w:t>
+              <w:t> Avrupa sineması ve şiirsel gerçekçiliği açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>        Yonga Levhalar açıklanır</w:t>
+              <w:t> Fransız Jean Cocteau Bir Şairin Kanı Jean Vigo Hal ve Gidiş Sıfır Geçip Giden Çatana</w:t>
               <w:br/>
-              <w:t>        Kaplanmış  yonga  levhalar açıklanır</w:t>
+              <w:t> Karne Prever Sisler Rıhtımı Cennetin Çocukları Marcel Carne Jane Renoir Harp Esirleri filmlerinin sinemaya getirdiği yaklaşımlar örneklerle incelenir.</w:t>
               <w:br/>
-              <w:t>        Lif Levhalar açıklanır</w:t>
-[...7 lines deleted...]
-              <w:t>        Kompozit          malzemeler açıklanır</w:t>
+              <w:t> Alfred Hitchcoock filmleri yenilikçi yönetmenin bakış açısı birlikte Vertigo Arka Pencere incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Tutum Yatırım ve Türk Malları Haftası</w:t>
             </w:r>
@@ -3419,148 +3373,146 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>22-26 Aralık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>II. Dünya Savaşı Sonrası Sinemadaki Gelişmeler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yapay Malzemeler</w:t>
+              <w:t>1.   Savaş Sonrası Sinema</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan yapay                          malzemeleri sınıflandırarak açıklar.</w:t>
+              <w:t> II. Dünya savaşının sinemadaki etkilerini inceler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>        Yonga Levhalar açıklanır</w:t>
+              <w:t>       Orsan   WellesYurttaş   KaneJohn   Ford   Posta   Arabası filmleri net alan derinliği geniş açı derin sahne özellikleriyle incelenir.</w:t>
               <w:br/>
-              <w:t>        Kaplanmış  yonga  levhalar açıklanır</w:t>
+              <w:t>       Savaş  etkisi  Amerikan  film  dilinin  kararması1941-1951 kara   filmlerin   özellikleri   Çifte   Tazminat   Darağacımı Yükseğe Kur Çin Mahallesi incelenir.</w:t>
               <w:br/>
-              <w:t>        Lif Levhalar açıklanır</w:t>
+              <w:t>       Kızıl  SokakFritz  Lang  Çılgın  SilahJim  Carrey  Stanley Donen  Yağmur  Altında  Üçüncü  Adam  filmleriyle  40lar dönemin özeti örneklendirilerek açıklanır.</w:t>
               <w:br/>
-              <w:t>        Kaplanmış      lif      levhalar açıklanır</w:t>
+              <w:t>       Yeni Gerçekçilik akımı Roberto Rosellini Roma Açık Şehir Bisiklet   Hırsızları   Cesara   Zavattini   arka   planın   önem kazandığı dramaturjinin önemini kaybettiği sade süssüz- yıkım sineması özellikleriyle incelenir.</w:t>
               <w:br/>
-              <w:t>        Kompakt levhalar açıklanır</w:t>
+              <w:t>       Akira Kurosawa filmlerinin batı sinemasına etkileri açıklanır.</w:t>
               <w:br/>
-              <w:t>        Verzalit levhalar açıklanır</w:t>
-[...1 lines deleted...]
-              <w:t>        Kompozit          malzemeler açıklanır</w:t>
+              <w:t>       Sinemada psikanalizin etkileri örneklendirilir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Mehmet Akif Ersoyu Anma Haftası</w:t>
             </w:r>
@@ -3630,148 +3582,148 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>29 Aralık-02 Ocak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ahşap Malzemeler</w:t>
+              <w:t>II. Dünya Savaşı Sonrası Sinemadaki Gelişmeler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yapay Malzemeler</w:t>
+              <w:t>2.   1939-1952</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Mobilya    sektöründe    kullanılan yapay                          malzemeleri sınıflandırarak açıklar.</w:t>
+              <w:t> 1950ler dönemi sinemanın özelliklerini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>        Yonga Levhalar açıklanır</w:t>
+              <w:t>       1950lerde sinemanın küresel hale gelmesi açıklanır.</w:t>
               <w:br/>
-              <w:t>        Kaplanmış  yonga  levhalar açıklanır</w:t>
+              <w:t>       Mısırda başlayan melodramlar Yusuf Şahinin Kahire İstasyonu James Dean Asi Gençlik filmleri üzerinden açıklanır.</w:t>
               <w:br/>
-              <w:t>        Lif Levhalar açıklanır</w:t>
+              <w:t>       Hint sinemasında gerçekçilik Kâğıt Çiçekler Yol Türküsü Anamız Hindistan filmler üzerinden açıklanır.</w:t>
               <w:br/>
-              <w:t>        Kaplanmış      lif      levhalar açıklanır</w:t>
+              <w:t>       Çinde sinema kültürü özgün Sahnedeki Kız Kardeşler ürünler açıklanır.</w:t>
               <w:br/>
-              <w:t>        Kompakt levhalar açıklanır</w:t>
+              <w:t>       Japon sineması savaşın etkilerinde kurtulma çalışmalarını örneklendirilir.</w:t>
               <w:br/>
-              <w:t>        Verzalit levhalar açıklanır</w:t>
+              <w:t>       Akira Kurosawa Kanlı Taht filminin tek başına sinema okulu oluş özellikleri incelenir.</w:t>
               <w:br/>
-              <w:t>        Kompozit          malzemeler açıklanır</w:t>
+              <w:t>       Rio Kırk Derece  Arabistanlı Lawrance Rıhtımlar Üzerinde Nicholas Ray Johany Guiatar filmleri örneklerle açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -3841,140 +3793,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>05-09 Ocak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>II. Dünya Savaşı Sonrası Sinemadaki Gelişmeler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Metal Malzemeler</w:t>
+              <w:t>3.   1950ler Dönemi Sinema</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Dönem 2. Sınav  Metal       yapı       malzemelerinin çeşitlerini açıklar.</w:t>
+              <w:t>1. Dönem 2. Sınav  Türk sinemasında geçiş dönemini 1939-1950 inceler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Yassı türü metal ürünleri açıklanır</w:t>
-[...3 lines deleted...]
-              <w:t>      Döküm yoluyla elde edilen ürünleri açıklanır</w:t>
+              <w:t>       II. Dünya Savaşının Türk sinemasına etkilerinin Faruk Kenç incelenmesi sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Enerji Tasarrufu Haftası</w:t>
             </w:r>
@@ -4044,51 +3992,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>12-16 Ocak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etkinlik Haftası</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4241,51 +4189,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>19-23 Ocak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Yarıyıl Tatili</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4438,51 +4386,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>26-30 Ocak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Yarıyıl Tatili</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4635,140 +4583,148 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>02-06 Şubat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>Yeni Dalga Kuşağı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Metal Malzemeler</w:t>
+              <w:t>1.   Avrupada Yeni Dalga 1960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Metal       yapı       malzemelerinin çeşitlerini açıklar.</w:t>
+              <w:t> Avrupada yeni dalga akımını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Yassı türü metal ürünleri açıklanır</w:t>
+              <w:t>       1957-1964   Batı   Avrupa   Fransız   yeni   dalga   akımının özellikleri  Kişisellik  farkındalık  öyküde  tazelik  cesaret açıklanır.</w:t>
               <w:br/>
-              <w:t>      Çubuk    ve    kutu    metal    ürünleri açıklanır</w:t>
+              <w:t>       Ingred   Bergman   Yedinci   Mühür   Kış   Işığı   Persona filmlerinde sinemasının özellikleri örneklendirilir.</w:t>
               <w:br/>
-              <w:t>      Döküm yoluyla elde edilen ürünleri açıklanır</w:t>
+              <w:t>       Robert  Bresson  Yankesici  filmiyle-yaşam  bir  hapishane- filmlerinin özellikleri açıklanır.</w:t>
+              <w:br/>
+              <w:t>       Jasgues  Tati  filmleri  Mösyö  Hülo  üzerinden  sahne  ve anların karmaşık yapısı açıklanır.</w:t>
+              <w:br/>
+              <w:t>       Fedorico    Fellini    Cabirianın    Geceleri    Sekiz    Buçuk filmlerindeki doğaçlama sirk özellikleriyle açıklanır.</w:t>
+              <w:br/>
+              <w:t>       Agnes Varda Beşten Yediye Français Truffault 400 Darbe ve Godard filmlerinin özellikleri incelenir.</w:t>
+              <w:br/>
+              <w:t>       Yeni dalga İtalya Pier Paola Pasolini Dilenci Sergio Leona Bir  Avuç  Dolar  Luchino  Visconti  Rocco  ve  Kardeşleri İspanya sineması üzerinde dönem özellikleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -4838,140 +4794,138 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>09-13 Şubat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>Yeni Dalga Kuşağı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Metal Malzemeler</w:t>
+              <w:t>2.   Yeni Yönetmenler Yeni Biçim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Metal       yapı       malzemelerinin çeşitlerini açıklar.</w:t>
+              <w:t> 1960larda yeni yönetmenleri biçimleri açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Yassı türü metal ürünleri açıklanır</w:t>
+              <w:t>       Easy Rider2001 Uzay Macerası Roman Polonski Andrei Tarkowsky Nagisa Oshima filmleri örneklerle incelenir.</w:t>
               <w:br/>
-              <w:t>      Çubuk    ve    kutu    metal    ürünleri açıklanır</w:t>
-[...1 lines deleted...]
-              <w:t>      Döküm yoluyla elde edilen ürünleri açıklanır</w:t>
+              <w:t>       Andrzej    Wajda    Küller    ve    Elmaslar    Çekoslovakya animasyonları  İran  Furuğ  Ferruhzad  Andy  Varol  Hint Brezilya filmleri incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -5041,140 +4995,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>16-20 Şubat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>Yeni Dalga Kuşağı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Metal Malzemeler</w:t>
+              <w:t>3.   Türk Sinemasında Sinemacılar Dönemi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Metal       yapı       malzemelerinin çeşitlerini açıklar.</w:t>
+              <w:t> Türk  sinemasında  sinemacılar  1950-1970  dönemini inceler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Yassı türü metal ürünleri açıklanır</w:t>
-[...3 lines deleted...]
-              <w:t>      Döküm yoluyla elde edilen ürünleri açıklanır</w:t>
+              <w:t>       Sinema  dilinin  gelişimi  Ömer  Lütfi  Akad  Metin  Erksan filmlerini incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -5244,142 +5194,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>23-27 Şubat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>Yeni Dalga Kuşağı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Cam Malzemeler</w:t>
+              <w:t>3.   Türk Sinemasında Sinemacılar Dönemi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Cam  malzemeleri  sınıflandırarak açıklar.</w:t>
+              <w:t> Türk  sinemasında  sinemacılar  1950-1970  dönemini inceler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kullanım     yerlerine     göre     cam plakaları açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Aynalar açıklanır.</w:t>
+              <w:t>       Sinema  dilinin  gelişimi  Ömer  Lütfi  Akad  Metin  Erksan filmlerini incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Vergi Haftası Yeşilay Haftası</w:t>
             </w:r>
@@ -5449,142 +5393,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>02-06 Mart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>1970ler Sineması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Cam Malzemeler</w:t>
+              <w:t>1.      Amerikan 1967-1979 sineması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Cam  malzemeleri  sınıflandırarak açıklar.</w:t>
+              <w:t> 1970ler    dönemi    Amerikan    sinemasının    özelliklerini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kullanım     yerlerine     göre     cam plakaları açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Aynalar açıklanır.</w:t>
+              <w:t>       Amerikan   sinemasında   taşlama   muhalif   özümseyici filmlerinin  Buck  Henry  Martin  Scorsese  Francis  Ford Copalla özellikleri örneklerle açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Girişimcilik Haftası</w:t>
             </w:r>
@@ -5654,142 +5592,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>09-13 Mart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>1970ler Sineması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Cam Malzemeler</w:t>
+              <w:t>2.      Dünyayı Değiştiren Filmler 1970ler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Cam  malzemeleri  sınıflandırarak açıklar.</w:t>
+              <w:t> Dünyayı    değiştiren    filmlerin    1970lerin    özelliklerini inceler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kullanım     yerlerine     göre     cam plakaları açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Aynalar açıklanır.</w:t>
+              <w:t>       Alman  sineması  Win  Wenderes  Alice  Kentlerde  Verner Herzog  İtalya  sineması  Örümceğin  Stratejisi  Konformist Bernardo   Bertulucci   Avustralya   Sonsuz   Çöl   Japon belgeselciği  ulus  radikal  kimlik  arayışı  hakkında  filmler örneklerle açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Bilim ve Teknoloji Haftası İstiklâl Marşının Kabulü ve Mehmet Akif Ersoyu Anma Günü</w:t>
             </w:r>
@@ -5859,51 +5791,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>16-20 Mart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2. Dönem Ara Tatili</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6056,142 +5988,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>23-27 Mart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>1970ler Sineması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Cam Malzemeler</w:t>
+              <w:t>3.      Multiplekslerin Gelişi ve Asya Ana Akımı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Cam  malzemeleri  sınıflandırarak açıklar.</w:t>
+              <w:t> Multiplekslerin gelişi ve Asya ana akımını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kullanım     yerlerine     göre     cam plakaları açıklanır.</w:t>
+              <w:t>       Hong  Kong  kung  fu  filmleri  Bir  Tutam  Zen  Bruce  Lee örnekleriyle çoklu kameralı hızlı akan John Woo filmlerinin Matrixe gelişimi örneklerle incelenir.</w:t>
               <w:br/>
-              <w:t>      Vitray malzemeleri açıklanır.</w:t>
+              <w:t>       Bollywood popüler öykü anlatım teknikleriyle süslü-püslü yetmişler Hint sineması Ateş filmi açıklanır.</w:t>
               <w:br/>
-              <w:t>      Vitray      malzemelerin      kullanım yerleri açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>      Aynalar açıklanır.</w:t>
+              <w:t>       Büyük  bütçeli filmler Şeytan Steven Silberg Jaws Yıldız Savaşları popüler duyguların filmlerinin gişe hasılatları ve özellikleriyle açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Orman Haftası Dünya Tiyatrolar Günü</w:t>
             </w:r>
@@ -6261,142 +6191,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>30 Mart-03 Nisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>1970ler Sineması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Cam Malzemeler</w:t>
+              <w:t>4.      Türk Sinemasında Farklı Yönelimler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Cam  malzemeleri  sınıflandırarak açıklar.</w:t>
+              <w:t> Türk  Sinemasında  farklı  yönelimleri  1970  ve  sonrası inceler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kullanım     yerlerine     göre     cam plakaları açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Aynalar açıklanır.</w:t>
+              <w:t>       Toplumsal gerçekçi ulusal milli batıcı yönelimler incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kütüphaneler Haftası Kanser Haftası Dünya Otizm Farkındalık Günü</w:t>
             </w:r>
@@ -6466,142 +6390,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>06-10 Nisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>1970ler Sineması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.  Aydınlatma Malzemeleri</w:t>
+              <w:t>4.      Türk Sinemasında Farklı Yönelimler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2. Dönem 1. Sınav  Aydınlatma             malzemelerini sınıflandırarak açıklar</w:t>
+              <w:t>2. Dönem 1. Sınav  Türk  Sinemasında  farklı  yönelimleri  1970  ve  sonrası inceler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Dekoratif    iç    mekan    aydınlatma armatürler   çeşitlerini   ve   montaj özellikleri açıklanır</w:t>
-[...5 lines deleted...]
-              <w:t>      Armatür  bağlantı  ve  montajlarında kullanılan   kablolama   ve   bağlantı tipleri açıklanır</w:t>
+              <w:t>       Toplumsal gerçekçi ulusal milli batıcı yönelimler incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kanser Haftası Dünya Sağlık GününDünya Sağlık Haftası Kişisel Verileri Koruma Günü</w:t>
             </w:r>
@@ -6671,142 +6589,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>13-17 Nisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>1970ler Sineması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.  Aydınlatma Malzemeleri</w:t>
+              <w:t>4.      Türk Sinemasında Farklı Yönelimler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Aydınlatma             malzemelerini sınıflandırarak açıklar</w:t>
+              <w:t> Türk  Sinemasında  farklı  yönelimleri  1970  ve  sonrası inceler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Dekoratif    iç    mekan    aydınlatma armatürler   çeşitlerini   ve   montaj özellikleri açıklanır</w:t>
-[...5 lines deleted...]
-              <w:t>      Armatür  bağlantı  ve  montajlarında kullanılan   kablolama   ve   bağlantı tipleri açıklanır</w:t>
+              <w:t>       Toplumsal gerçekçi ulusal milli batıcı yönelimler incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Turizm Haftası</w:t>
             </w:r>
@@ -6876,142 +6788,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>20-24 Nisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>Sinemada Protesto Dönemi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.  Aydınlatma Malzemeleri</w:t>
+              <w:t>1.   Güce Karşı Savaş 1980ler Dönemi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Aydınlatma             malzemelerini sınıflandırarak açıklar</w:t>
+              <w:t> Güce karşı savaş 1980ler dönemi sinemasını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Dekoratif    iç    mekan    aydınlatma armatürler   çeşitlerini   ve   montaj özellikleri açıklanır</w:t>
-[...5 lines deleted...]
-              <w:t>      Armatür  bağlantı  ve  montajlarında kullanılan   kablolama   ve   bağlantı tipleri açıklanır</w:t>
+              <w:t>       Çin  filmleri  Zhuangzhuang  Tian  At  Hırsızı  Sarı  Toprak Sovyet filmleri Pişmanlık Gel ve Gör Uzun Vedalaşmalar Krzysztof   Kiewslowski   John   Sayles   filmleri   örneklerle açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Ulusal Egemenlik ve Çocuk Bayramı</w:t>
             </w:r>
@@ -7081,142 +6987,136 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>27 Nisan-01 Mayıs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>Sinemada Protesto Dönemi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.  Aydınlatma Malzemeleri</w:t>
+              <w:t>2.   Türk Sinemasında Açılımlar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Aydınlatma             malzemelerini sınıflandırarak açıklar</w:t>
+              <w:t> Türk   Sinemasında   1980ler   dönemindeki   açılımları inceler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Dekoratif    iç    mekan    aydınlatma armatürler   çeşitlerini   ve   montaj özellikleri açıklanır</w:t>
-[...5 lines deleted...]
-              <w:t>      Armatür  bağlantı  ve  montajlarında kullanılan   kablolama   ve   bağlantı tipleri açıklanır</w:t>
+              <w:t>       Popüler sinema sanat sineması incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kûtül Amâre Zaferi</w:t>
             </w:r>
@@ -7286,142 +7186,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>04-08 Mayıs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>Günümüz Sinemasına Geçiş</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.  Aydınlatma Malzemeleri</w:t>
+              <w:t>1.   Selüloitin Son Günleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Aydınlatma             malzemelerini sınıflandırarak açıklar</w:t>
+              <w:t> Selüloitin son günleri 1990-1998 dönemini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Dekoratif    iç    mekan    aydınlatma armatürler   çeşitlerini   ve   montaj özellikleri açıklanır</w:t>
+              <w:t> İran sineması Elma Ekmek ve Çiçek Otobiyografik ve Abbas Kiarostami Arkadaşımın Evi Nerde Ve Yaşam Sürüyor Zeytin Ağaçları Altında filmleri Çin sineması Wong Kar Wai Halka filmi özellikleriyle açıklanır.</w:t>
               <w:br/>
-              <w:t>      Mekana  ve  dekorasyon  malzeme çeşidine  göre  aydınlatma  armatür seçim prensipleri açıklanır</w:t>
+              <w:t> Lars Von Trierin sinemada ilkelliği yüceltişi Mathieu Kassovitz Protesto filminin kaba özellikleri açıklanır.</w:t>
               <w:br/>
-              <w:t>      İç  mekan  ve  dekoratif  aydınlatma armatürleri    montaj    ve    yerleşim prensipleri açıklanır</w:t>
-[...1 lines deleted...]
-              <w:t>      Armatür  bağlantı  ve  montajlarında kullanılan   kablolama   ve   bağlantı tipleri açıklanır</w:t>
+              <w:t> Claire Denis Mıchael Haneke filmlerinin özellikleri incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Bilişim Haftası Trafik ve İlkyardım Haftası İş Sağlığı ve Güvenliği Haftası</w:t>
             </w:r>
@@ -7491,140 +7389,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>11-15 Mayıs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>Günümüz Sinemasına Geçiş</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.  Tekstil Ürünleri</w:t>
+              <w:t>2.   Yeni Amerikan Bağımsızları ve Dijital Devrim 1990larin Etkileri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Tekstil  Ürünlerini  sınıflandırarak açıklar</w:t>
+              <w:t> Dijitalin sinemaya etkilerini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Döşemede  kullanılan  malzemeler açıklanır</w:t>
+              <w:t> Terminatör Titanic Oyuncak Hikâyesi dijital dönüşüm ve postmodernlik kavramlarıyla açıklanır.</w:t>
               <w:br/>
-              <w:t>      Döşemelik      doğal      malzemeler açıklanır</w:t>
+              <w:t> Coen kardeşler Quentin Tarantino Baz Luhrmann filmlerinin dönem özellikleri incelenir.</w:t>
               <w:br/>
-              <w:t>      Döşemelik      yapay      malzemeler açıklanır</w:t>
+              <w:t> David Lynch Darren Aronofsky Roy Andersson Avatar filmi Aleksadr Sokurov filmleri Kore sineması açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Engelliler Haftası Vakıflar Haftası</w:t>
             </w:r>
@@ -7694,140 +7592,138 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>18-22 Mayıs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>Günümüz Sinemasına Geçiş</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.  Tekstil Ürünleri</w:t>
+              <w:t>3.   1990 Sonrası Türk Sineması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Tekstil  Ürünlerini  sınıflandırarak açıklar</w:t>
+              <w:t> 1990 sonrası Türk sinemasını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Döşemede  kullanılan  malzemeler açıklanır</w:t>
+              <w:t> Türk sinemasında klasik anlatıdan sıyrılması ve gerçekçiliğin etkileri incelenir.</w:t>
               <w:br/>
-              <w:t>      Döşemelik      doğal      malzemeler açıklanır</w:t>
-[...1 lines deleted...]
-              <w:t>      Döşemelik      yapay      malzemeler açıklanır</w:t>
+              <w:t> Semih Kaplanoğlu Nuri Bilge Ceylan Yeşim Ustaoğlu Reha Erdem filmleri incelenir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Müzeler Haftası Atatürkü Anma ve Gençlik ve Spor Bayramı</w:t>
             </w:r>
@@ -7897,141 +7793,135 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>25-29 Mayıs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>Günümüz Sinemasına Geçiş</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.  Tekstil Ürünleri</w:t>
+              <w:t>4.   Günümüz Sineması ve Gelecek</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Tekstil  Ürünlerini  sınıflandırarak açıklar</w:t>
+              <w:t> Günümüz sineması ve gelecek konusunda metafor oluşturur.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Döşemede  kullanılan  malzemeler açıklanır</w:t>
-[...4 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü İstanbulun Fethi</w:t>
             </w:r>
           </w:p>
@@ -8100,141 +7990,135 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>01-05 Haziran</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>Günümüz Sinemasına Geçiş</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.  Tekstil Ürünleri</w:t>
+              <w:t>4.   Günümüz Sineması ve Gelecek</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2. Dönem 2. Sınav  Tekstil  Ürünlerini  sınıflandırarak açıklar</w:t>
+              <w:t>2. Dönem 2. Sınav  Günümüz sineması ve gelecek konusunda metafor oluşturur.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Döşemede  kullanılan  malzemeler açıklanır</w:t>
-[...4 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü Hayat Boyu Öğrenme Haftası</w:t>
             </w:r>
           </w:p>
@@ -8303,141 +8187,135 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>08-12 Haziran</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Tamamlayıcı Malzemeler</w:t>
+              <w:t>Günümüz Sinemasına Geçiş</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.  Tekstil Ürünleri</w:t>
+              <w:t>4.   Günümüz Sineması ve Gelecek</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Tekstil  Ürünlerini  sınıflandırarak açıklar</w:t>
+              <w:t> Günümüz sineması ve gelecek konusunda metafor oluşturur.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Döşemede  kullanılan  malzemeler açıklanır</w:t>
-[...4 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü Çevre ve İklim Değişikliği Haftası</w:t>
             </w:r>
           </w:p>
@@ -8506,51 +8384,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>15-19 Haziran</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Genel Tekrar</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8703,51 +8581,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>22-26 Haziran</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etkinlik Haftası</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8944,53 +8822,53 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002F03ED" w:rsidRPr="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="007E0F75">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5726">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ortam Teknolojik donanıma uygun sınıf ortamı</w:t>
+              <w:t>Ortam Atölye</w:t>
               <w:br/>
-              <w:t>Donanım  Test  araç  ve  gereçleri  kütüphane  internet  bilgisayar bireysel öğrenme çeşitli ölçme ve kontrol aletleri vb.sağlanmalı.</w:t>
+              <w:t>Donanım Akıllı tahtaprojeksiyon bilgisayar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5726" w:rsidTr="00AB5726">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRPr="002F03ED" w:rsidRDefault="00AB5726" w:rsidP="00175F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -9007,53 +8885,53 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRPr="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ortam Teknolojik donanıma uygun sınıf ortamı</w:t>
+              <w:t>Ortam Atölye</w:t>
               <w:br/>
-              <w:t>Donanım  Test  araç  ve  gereçleri  kütüphane  internet  bilgisayar bireysel öğrenme çeşitli ölçme ve kontrol aletleri vb.sağlanmalı.</w:t>
+              <w:t>Donanım Akıllı tahtaprojeksiyon bilgisayar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F03ED" w:rsidTr="00AB5726">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002F03ED" w:rsidRDefault="002F03ED" w:rsidP="00175F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -9068,53 +8946,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002F03ED" w:rsidRPr="00AB5726" w:rsidRDefault="002F03ED" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5726">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Bu    derste    öğrenci    performansı    belirlemeye    yönelik    çalışmalar değerlendirilirken   gözlem   formu   derecelendirme   ölçeği   ve   dereceli puanlama   anahtarı   gibi   ölçme   araçlarından   uygun   olanlar   seçilerek kullanılabilir.  Bilişsel  beceri  düzeyinde  ki  kazanımların  ölçülmesinde  ise açık  uçlu  çoktan  seçmeli  kısa  cevaplı  eşleştirmeli  ve  doğru  yanlış  tipi ölçme  araçları  kullanılabilir.  Bunun  yanında  öz  değerlendirme  ve  akran</w:t>
-[...1 lines deleted...]
-              <w:t>değerlendirme formları kullanılarak öğrencilerin öğretimin süreç boyutuna katılmaları sağlanabilir.</w:t>
+              <w:t>Bu    derste    öğrenci    performansı    belirlemeye    yönelik    çalışmalar değerlendirilirken   gözlem   formu   derecelendirme   ölçeği   ve   dereceli puanlama   anahtarı   gibi   ölçme   araçlarından   uygun   olanlar   seçilerek kullanılabilir.  Bunun  yanında  öz  değerlendirme  ve  akran  değerlendirme formları  kullanılarak  öğrencilerin  öğretimin  süreç  boyutuna  katılmaları sağlanabilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5726" w:rsidTr="00AB5726">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRPr="002F03ED" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -9759,51 +9635,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7F5F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>16.12.2025</w:t>
+              <w:t>08.01.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="007E0F75" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E0F75">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> UYGUNDUR</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>