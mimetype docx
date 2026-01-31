--- v1 (2026-01-07)
+++ v2 (2026-01-31)
@@ -48,51 +48,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidTr="00C60E81">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16155" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidRDefault="00710B39" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002522F1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2025-2026 EĞİTM-ÖĞRETİM YILI  .......................................................................... RADYO TELEVZYON ALANI 11. SINIF  SNEMA TARH(YEN*) DERSİ ÜNTELENDİRLMİŞ YILLIK PLANI</w:t>
+              <w:t>2025-2026 EĞİTM-ĞRETİM YILI  .......................................................................... HARTA TAPU KADASTRO ALANI 11. SINIF  MEDEṄ USUL VE İCRA İFLAS HUKUKU(YEN*) DERS ÜNTELENDİRLMİŞ YILLIK PLANI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C60E81" w:rsidRPr="00710B39" w:rsidTr="008B55DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="006F7A33" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7A33">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -332,142 +332,146 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>08-12 Eylül</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Sinemanın Doğuşu</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. İlk Filmler 1900-1920</w:t>
+              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Sinemanın   doğuşuyla   birlikte   ilk   filmler   ve   temel unsurların gelişimini açıklar.</w:t>
+              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       1895-1918  Thomas  Edison  Luis  ve  Agustin  Lumierin sinemayı keşif yolculukları açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>       George   Meliesin   sinemaya   katkıları-ilk   özel   efekt- açıklanır.</w:t>
+              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t>      Medeni usul hukukunun uygulama alanı açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı örgütü açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkeme görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Uluslararası Temiz Hava Günü</w:t>
             </w:r>
@@ -537,138 +541,146 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>15-19 Eylül</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Sinemanın Doğuşu</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2. Sinemanın Temel Unsurları Gelişiyor</w:t>
+              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Sinemanın temel unsurlarının gelişimini açıklar.</w:t>
+              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Kesme  yakın  plan  öykü  içinde  öykü  yıldız  oyunculuk geniş format hayalet çekim devam ve paralel kurgu çift pozlama   gibi   sinemanın   ilk   gelişen   temel   unsurlar örnekleriyle açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>       Hayalet Araba-Amerikalı Bir İtfaiyecinin Yaşamı-Cadılar filmi sinemaya katkılarıyla incelenir.</w:t>
+              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t>      Medeni usul hukukunun uygulama alanı açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı örgütü açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkeme görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>İlköğretim Haftası Mevlid-i Nebî Haftası Öğrenciler Günü Gaziler Günü</w:t>
             </w:r>
@@ -738,138 +750,146 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>22-26 Eylül</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Sinemanın Doğuşu</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3. Hollywoodun Mit Haline Gelişi 1918-1928</w:t>
+              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Hollywoodun mit haline gelişi sinemadaki gelişmelerle açıklar.</w:t>
+              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       İlk stüdyoların kullanılması ilk uzun metraj Kediler Çetesi bakış  yönü  aks  çizgisi  gibi  sinemada  gelişen  temel unsurlar örneklerle açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>       D.W.  Griffith  filmleri  punktum  görsel  yumuşaklık  takip planları dış çekimler gibi öncü özellikleriyle incelenir.</w:t>
+              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t>      Medeni usul hukukunun uygulama alanı açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı örgütü açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkeme görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -939,136 +959,146 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>29 Eylül-03 Ekim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Sinemanın Doğuşu</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4. Türk Sinemasında İlk Dönem</w:t>
+              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Türk sinemasında ilk dönemi 1910-1922 açıklar.</w:t>
+              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Türk sinemasında ilk belgesel filmler incelenir.</w:t>
+              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t>      Medeni usul hukukunun uygulama alanı açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı örgütü açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkeme görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Disleksi Haftası Dünya Disleksi Günü</w:t>
             </w:r>
@@ -1138,136 +1168,146 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>06-10 Ekim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Sinemanın Doğuşu</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4. Türk Sinemasında İlk Dönem</w:t>
+              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Türk sinemasında ilk dönemi 1910-1922 açıklar.</w:t>
+              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Türk sinemasında ilk belgesel filmler incelenir.</w:t>
+              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t>      Medeni usul hukukunun uygulama alanı açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı örgütü açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkeme görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Ahilik Kültürü Haftası</w:t>
             </w:r>
@@ -1337,136 +1377,146 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>13-17 Ekim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Sinemanın Doğuşu</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4. Türk Sinemasında İlk Dönem</w:t>
+              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Türk sinemasında ilk dönemi 1910-1922 açıklar.</w:t>
+              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Türk sinemasında ilk belgesel filmler incelenir.</w:t>
+              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t>      Medeni usul hukukunun uygulama alanı açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı örgütü açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkeme görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -1536,140 +1586,146 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>20-24 Ekim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1920ler Dönemi Sinema</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Hollywood Rüyası</w:t>
+              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Hollywood rüyasını 1920 açıklar.</w:t>
+              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Klasik   romantik   sinema   örneklerle   Bağdat   Hırsızı açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t>       Kuzeyli Nanook Kalabalık gibi gerçekçi filmler ile Eric Von Strocheim  Karl  Diadar  Draydar  Yvegeni  Bauer  gibi yönetmenlerle gerçekçi sinemanın ilk örnekleri açıklanır.</w:t>
+              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t>      Medeni usul hukukunun uygulama alanı açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı örgütü açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkeme görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -1739,140 +1795,146 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>27-31 Ekim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1920ler Dönemi Sinema</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2. İlk Asiler</w:t>
+              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Dünya sinemasının altın çağını 1918-1932 açıklar.</w:t>
+              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>        Dağ Kedisi Gerçeküstücü Tekerlek İzlenimci Şafak Fransız    şiirsel    gerçekçilik        Doktor    Kaligarinin Muayenesi  Dışavurumcu    Endülüs  Köpeği  Serbest çağrışım  Metropolis  gibi  öncü  akım  filmleri  örnekleri incelenir.</w:t>
-[...3 lines deleted...]
-              <w:t>       Yaşujiro Ozu filmlerinin özellikleri incelenir.</w:t>
+              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t>      Medeni usul hukukunun uygulama alanı açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı örgütü açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkeme görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Cumhuriyet Bayramı</w:t>
             </w:r>
@@ -1942,136 +2004,146 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>03-07 Kasım</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1920ler Dönemi Sinema</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3. Türk Sinemasında Tiyatrocular Dönemi</w:t>
+              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Dönem 1. Sınav  Türk sinemasında tiyatrocular dönemini açıklar.</w:t>
+              <w:t>1. Dönem 1. Sınav Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Türk sinemasında 1922-1939 Muhsin Ertuğrul sineması incelenir.</w:t>
+              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t>      Medeni usul hukukunun uygulama alanı açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı örgütü açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Yargı görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkeme görevlileri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kızılay Haftası Organ Bağışı ve Nakli Haftası Lösemili Çocuklar Haftası</w:t>
             </w:r>
@@ -2141,51 +2213,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>10-14 Kasım</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1. Dönem Ara Tatili</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2338,136 +2410,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>17-21 Kasım</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1920ler Dönemi Sinema</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3. Türk Sinemasında Tiyatrocular Dönemi</w:t>
+              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Türk sinemasında tiyatrocular dönemini açıklar.</w:t>
+              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Türk sinemasında 1922-1939 Muhsin Ertuğrul sineması incelenir.</w:t>
+              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Kanun yolları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Dünya Felsefe Günü Dünya Çocuk Hakları Günü</w:t>
             </w:r>
@@ -2537,152 +2613,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>24-28 Kasım</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Sinemaya Sesin Gelişi 1930</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Amerikan Tür Filmleri</w:t>
+              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Amerikan tür filmlerini korku gangster western müzikal komedi çizgi filmleri inceler.</w:t>
+              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Sinemada sesli dönemin başlamasıyla stüdyolara platolara geri dönüş açıklanır.</w:t>
-[...15 lines deleted...]
-              <w:t> Çizgi film 1906 türünün globalleşmesi incelenir.</w:t>
+              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Kanun yolları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Ağız ve Diş Sağlığı Haftası Öğretmenler Günü</w:t>
             </w:r>
@@ -2752,152 +2816,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>01-05 Aralık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Sinemaya Sesin Gelişi 1930</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Amerikan Tür Filmleri</w:t>
+              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Amerikan tür filmlerini korku gangster western müzikal komedi çizgi filmleri inceler.</w:t>
+              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Sinemada sesli dönemin başlamasıyla stüdyolara platolara geri dönüş açıklanır.</w:t>
-[...15 lines deleted...]
-              <w:t> Çizgi film 1906 türünün globalleşmesi incelenir.</w:t>
+              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Kanun yolları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Dünya Engelliler Günü Dünya Madenciler Günü Türk Kadınına Seçme ve Seçilme Hakkının Verilişi</w:t>
             </w:r>
@@ -2967,140 +3019,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>08-12 Aralık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Sinemaya Sesin Gelişi 1930</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Avrupa Sineması</w:t>
+              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Avrupa sineması ve şiirsel gerçekçiliği açıklar.</w:t>
+              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Fransız Jean Cocteau Bir Şairin Kanı Jean Vigo Hal ve Gidiş Sıfır Geçip Giden Çatana</w:t>
-[...3 lines deleted...]
-              <w:t> Alfred Hitchcoock filmleri yenilikçi yönetmenin bakış açısı birlikte Vertigo Arka Pencere incelenir.</w:t>
+              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Kanun yolları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Mevlana Haftası İnsan Hakları ve Demokrasi Haftası</w:t>
             </w:r>
@@ -3170,140 +3222,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>15-19 Aralık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Sinemaya Sesin Gelişi 1930</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Avrupa Sineması</w:t>
+              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Avrupa sineması ve şiirsel gerçekçiliği açıklar.</w:t>
+              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Fransız Jean Cocteau Bir Şairin Kanı Jean Vigo Hal ve Gidiş Sıfır Geçip Giden Çatana</w:t>
-[...3 lines deleted...]
-              <w:t> Alfred Hitchcoock filmleri yenilikçi yönetmenin bakış açısı birlikte Vertigo Arka Pencere incelenir.</w:t>
+              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Kanun yolları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Tutum Yatırım ve Türk Malları Haftası</w:t>
             </w:r>
@@ -3373,146 +3425,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>22-26 Aralık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>II. Dünya Savaşı Sonrası Sinemadaki Gelişmeler</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.   Savaş Sonrası Sinema</w:t>
+              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> II. Dünya savaşının sinemadaki etkilerini inceler.</w:t>
+              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Orsan   WellesYurttaş   KaneJohn   Ford   Posta   Arabası filmleri net alan derinliği geniş açı derin sahne özellikleriyle incelenir.</w:t>
-[...9 lines deleted...]
-              <w:t>       Sinemada psikanalizin etkileri örneklendirilir.</w:t>
+              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Kanun yolları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Mehmet Akif Ersoyu Anma Haftası</w:t>
             </w:r>
@@ -3582,148 +3628,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>29 Aralık-02 Ocak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>II. Dünya Savaşı Sonrası Sinemadaki Gelişmeler</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.   1939-1952</w:t>
+              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> 1950ler dönemi sinemanın özelliklerini açıklar.</w:t>
+              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       1950lerde sinemanın küresel hale gelmesi açıklanır.</w:t>
-[...11 lines deleted...]
-              <w:t>       Rio Kırk Derece  Arabistanlı Lawrance Rıhtımlar Üzerinde Nicholas Ray Johany Guiatar filmleri örneklerle açıklanır.</w:t>
+              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Kanun yolları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -3793,136 +3831,140 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>05-09 Ocak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>II. Dünya Savaşı Sonrası Sinemadaki Gelişmeler</w:t>
+              <w:t>Medeni Usul Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.   1950ler Dönemi Sinema</w:t>
+              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Dönem 2. Sınav  Türk sinemasında geçiş dönemini 1939-1950 inceler.</w:t>
+              <w:t>1. Dönem 2. Sınav Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       II. Dünya Savaşının Türk sinemasına etkilerinin Faruk Kenç incelenmesi sağlanır.</w:t>
+              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Kanun yolları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Enerji Tasarrufu Haftası</w:t>
             </w:r>
@@ -3992,51 +4034,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>12-16 Ocak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etkinlik Haftası</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4189,51 +4231,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>19-23 Ocak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Yarıyıl Tatili</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4386,51 +4428,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>26-30 Ocak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Yarıyıl Tatili</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4561,170 +4603,160 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>22. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>02-06 Şubat</w:t>
+              <w:t>02-06 ubat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Yeni Dalga Kuşağı</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.   Avrupada Yeni Dalga 1960</w:t>
+              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Avrupada yeni dalga akımını açıklar.</w:t>
+              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       1957-1964   Batı   Avrupa   Fransız   yeni   dalga   akımının özellikleri  Kişisellik  farkındalık  öyküde  tazelik  cesaret açıklanır.</w:t>
-[...11 lines deleted...]
-              <w:t>       Yeni dalga İtalya Pier Paola Pasolini Dilenci Sergio Leona Bir  Avuç  Dolar  Luchino  Visconti  Rocco  ve  Kardeşleri İspanya sineması üzerinde dönem özellikleri açıklanır.</w:t>
+              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -4772,160 +4804,160 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>23. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>09-13 Şubat</w:t>
+              <w:t>09-13 ubat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Yeni Dalga Kuşağı</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.   Yeni Yönetmenler Yeni Biçim</w:t>
+              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> 1960larda yeni yönetmenleri biçimleri açıklar.</w:t>
+              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Easy Rider2001 Uzay Macerası Roman Polonski Andrei Tarkowsky Nagisa Oshima filmleri örneklerle incelenir.</w:t>
-[...1 lines deleted...]
-              <w:t>       Andrzej    Wajda    Küller    ve    Elmaslar    Çekoslovakya animasyonları  İran  Furuğ  Ferruhzad  Andy  Varol  Hint Brezilya filmleri incelenir.</w:t>
+              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -4973,158 +5005,160 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>24. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>16-20 Şubat</w:t>
+              <w:t>16-20 ubat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Yeni Dalga Kuşağı</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.   Türk Sinemasında Sinemacılar Dönemi</w:t>
+              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Türk  sinemasında  sinemacılar  1950-1970  dönemini inceler.</w:t>
+              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Sinema  dilinin  gelişimi  Ömer  Lütfi  Akad  Metin  Erksan filmlerini incelenir.</w:t>
+              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -5172,158 +5206,160 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>25. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>23-27 Şubat</w:t>
+              <w:t>23-27 ubat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Yeni Dalga Kuşağı</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.   Türk Sinemasında Sinemacılar Dönemi</w:t>
+              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Türk  sinemasında  sinemacılar  1950-1970  dönemini inceler.</w:t>
+              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Sinema  dilinin  gelişimi  Ömer  Lütfi  Akad  Metin  Erksan filmlerini incelenir.</w:t>
+              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Vergi Haftası Yeşilay Haftası</w:t>
             </w:r>
@@ -5393,136 +5429,138 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>02-06 Mart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1970ler Sineması</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.      Amerikan 1967-1979 sineması</w:t>
+              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> 1970ler    dönemi    Amerikan    sinemasının    özelliklerini açıklar.</w:t>
+              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Amerikan   sinemasında   taşlama   muhalif   özümseyici filmlerinin  Buck  Henry  Martin  Scorsese  Francis  Ford Copalla özellikleri örneklerle açıklanır.</w:t>
+              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Girişimcilik Haftası</w:t>
             </w:r>
@@ -5592,136 +5630,138 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>09-13 Mart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1970ler Sineması</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.      Dünyayı Değiştiren Filmler 1970ler</w:t>
+              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Dünyayı    değiştiren    filmlerin    1970lerin    özelliklerini inceler.</w:t>
+              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Alman  sineması  Win  Wenderes  Alice  Kentlerde  Verner Herzog  İtalya  sineması  Örümceğin  Stratejisi  Konformist Bernardo   Bertulucci   Avustralya   Sonsuz   Çöl   Japon belgeselciği  ulus  radikal  kimlik  arayışı  hakkında  filmler örneklerle açıklanır.</w:t>
+              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Bilim ve Teknoloji Haftası İstiklâl Marşının Kabulü ve Mehmet Akif Ersoyu Anma Günü</w:t>
             </w:r>
@@ -5791,51 +5831,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>16-20 Mart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2. Dönem Ara Tatili</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5988,140 +6028,138 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>23-27 Mart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1970ler Sineması</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.      Multiplekslerin Gelişi ve Asya Ana Akımı</w:t>
+              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Multiplekslerin gelişi ve Asya ana akımını açıklar.</w:t>
+              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Hong  Kong  kung  fu  filmleri  Bir  Tutam  Zen  Bruce  Lee örnekleriyle çoklu kameralı hızlı akan John Woo filmlerinin Matrixe gelişimi örneklerle incelenir.</w:t>
-[...3 lines deleted...]
-              <w:t>       Büyük  bütçeli filmler Şeytan Steven Silberg Jaws Yıldız Savaşları popüler duyguların filmlerinin gişe hasılatları ve özellikleriyle açıklanır.</w:t>
+              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Orman Haftası Dünya Tiyatrolar Günü</w:t>
             </w:r>
@@ -6191,136 +6229,138 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>30 Mart-03 Nisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1970ler Sineması</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.      Türk Sinemasında Farklı Yönelimler</w:t>
+              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Türk  Sinemasında  farklı  yönelimleri  1970  ve  sonrası inceler.</w:t>
+              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Toplumsal gerçekçi ulusal milli batıcı yönelimler incelenir.</w:t>
+              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kütüphaneler Haftası Kanser Haftası Dünya Otizm Farkındalık Günü</w:t>
             </w:r>
@@ -6390,136 +6430,138 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>06-10 Nisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1970ler Sineması</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.      Türk Sinemasında Farklı Yönelimler</w:t>
+              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2. Dönem 1. Sınav  Türk  Sinemasında  farklı  yönelimleri  1970  ve  sonrası inceler.</w:t>
+              <w:t>2. Dönem 1. Sınav İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Toplumsal gerçekçi ulusal milli batıcı yönelimler incelenir.</w:t>
+              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kanser Haftası Dünya Sağlık GününDünya Sağlık Haftası Kişisel Verileri Koruma Günü</w:t>
             </w:r>
@@ -6589,136 +6631,142 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>13-17 Nisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1970ler Sineması</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.      Türk Sinemasında Farklı Yönelimler</w:t>
+              <w:t>2.  İflas yoluyla takip</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Türk  Sinemasında  farklı  yönelimleri  1970  ve  sonrası inceler.</w:t>
+              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Toplumsal gerçekçi ulusal milli batıcı yönelimler incelenir.</w:t>
+              <w:t>      İflas davası açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Doğrudan doğruya iflas halleri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İflasın hukuki sonuçları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Turizm Haftası</w:t>
             </w:r>
@@ -6788,136 +6836,142 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>20-24 Nisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Sinemada Protesto Dönemi</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.   Güce Karşı Savaş 1980ler Dönemi</w:t>
+              <w:t>2.  İflas yoluyla takip</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Güce karşı savaş 1980ler dönemi sinemasını açıklar.</w:t>
+              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Çin  filmleri  Zhuangzhuang  Tian  At  Hırsızı  Sarı  Toprak Sovyet filmleri Pişmanlık Gel ve Gör Uzun Vedalaşmalar Krzysztof   Kiewslowski   John   Sayles   filmleri   örneklerle açıklanır.</w:t>
+              <w:t>      İflas davası açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Doğrudan doğruya iflas halleri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İflasın hukuki sonuçları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Ulusal Egemenlik ve Çocuk Bayramı</w:t>
             </w:r>
@@ -6987,136 +7041,142 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>27 Nisan-01 Mayıs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Sinemada Protesto Dönemi</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.   Türk Sinemasında Açılımlar</w:t>
+              <w:t>2.  İflas yoluyla takip</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Türk   Sinemasında   1980ler   dönemindeki   açılımları inceler.</w:t>
+              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>       Popüler sinema sanat sineması incelenir.</w:t>
+              <w:t>      İflas davası açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Doğrudan doğruya iflas halleri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İflasın hukuki sonuçları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kûtül Amâre Zaferi</w:t>
             </w:r>
@@ -7186,140 +7246,142 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>04-08 Mayıs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Günümüz Sinemasına Geçiş</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.   Selüloitin Son Günleri</w:t>
+              <w:t>2.  İflas yoluyla takip</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Selüloitin son günleri 1990-1998 dönemini açıklar.</w:t>
+              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> İran sineması Elma Ekmek ve Çiçek Otobiyografik ve Abbas Kiarostami Arkadaşımın Evi Nerde Ve Yaşam Sürüyor Zeytin Ağaçları Altında filmleri Çin sineması Wong Kar Wai Halka filmi özellikleriyle açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t> Claire Denis Mıchael Haneke filmlerinin özellikleri incelenir.</w:t>
+              <w:t>      İflas davası açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Doğrudan doğruya iflas halleri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İflasın hukuki sonuçları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Bilişim Haftası Trafik ve İlkyardım Haftası İş Sağlığı ve Güvenliği Haftası</w:t>
             </w:r>
@@ -7389,140 +7451,142 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>11-15 Mayıs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Günümüz Sinemasına Geçiş</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.   Yeni Amerikan Bağımsızları ve Dijital Devrim 1990larin Etkileri</w:t>
+              <w:t>2.  İflas yoluyla takip</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Dijitalin sinemaya etkilerini açıklar.</w:t>
+              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Terminatör Titanic Oyuncak Hikâyesi dijital dönüşüm ve postmodernlik kavramlarıyla açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t> David Lynch Darren Aronofsky Roy Andersson Avatar filmi Aleksadr Sokurov filmleri Kore sineması açıklanır.</w:t>
+              <w:t>      İflas davası açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Doğrudan doğruya iflas halleri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İflasın hukuki sonuçları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Engelliler Haftası Vakıflar Haftası</w:t>
             </w:r>
@@ -7592,138 +7656,142 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>18-22 Mayıs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Günümüz Sinemasına Geçiş</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.   1990 Sonrası Türk Sineması</w:t>
+              <w:t>2.  İflas yoluyla takip</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> 1990 sonrası Türk sinemasını açıklar.</w:t>
+              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Türk sinemasında klasik anlatıdan sıyrılması ve gerçekçiliğin etkileri incelenir.</w:t>
-[...1 lines deleted...]
-              <w:t> Semih Kaplanoğlu Nuri Bilge Ceylan Yeşim Ustaoğlu Reha Erdem filmleri incelenir.</w:t>
+              <w:t>      İflas davası açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Doğrudan doğruya iflas halleri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İflasın hukuki sonuçları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Müzeler Haftası Atatürkü Anma ve Gençlik ve Spor Bayramı</w:t>
             </w:r>
@@ -7793,135 +7861,143 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>25-29 Mayıs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Günümüz Sinemasına Geçiş</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.   Günümüz Sineması ve Gelecek</w:t>
+              <w:t>2.  İflas yoluyla takip</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Günümüz sineması ve gelecek konusunda metafor oluşturur.</w:t>
+              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
+              <w:t>      İflas davası açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Doğrudan doğruya iflas halleri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İflasın hukuki sonuçları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
+              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü İstanbulun Fethi</w:t>
             </w:r>
           </w:p>
@@ -7990,135 +8066,143 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>01-05 Haziran</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Günümüz Sinemasına Geçiş</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.   Günümüz Sineması ve Gelecek</w:t>
+              <w:t>2.  İflas yoluyla takip</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2. Dönem 2. Sınav  Günümüz sineması ve gelecek konusunda metafor oluşturur.</w:t>
+              <w:t>2. Dönem 2. Sınav İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
+              <w:t>      İflas davası açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Doğrudan doğruya iflas halleri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İflasın hukuki sonuçları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
+              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü Hayat Boyu Öğrenme Haftası</w:t>
             </w:r>
           </w:p>
@@ -8187,135 +8271,143 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>08-12 Haziran</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Günümüz Sinemasına Geçiş</w:t>
+              <w:t>İcra ve İflas Hukuku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.   Günümüz Sineması ve Gelecek</w:t>
+              <w:t>2.  İflas yoluyla takip</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t> Günümüz sineması ve gelecek konusunda metafor oluşturur.</w:t>
+              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
+              <w:t>      İflas davası açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Doğrudan doğruya iflas halleri örnekleyerek açıklanır.</w:t>
+              <w:br/>
+              <w:t>      İflasın hukuki sonuçları açıklanır.</w:t>
+              <w:br/>
+              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
+              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü Çevre ve İklim Değişikliği Haftası</w:t>
             </w:r>
           </w:p>
@@ -8384,51 +8476,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>15-19 Haziran</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Genel Tekrar</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8581,51 +8673,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>22-26 Haziran</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etkinlik Haftası</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8822,53 +8914,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002F03ED" w:rsidRPr="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="007E0F75">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5726">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ortam Atölye</w:t>
-[...1 lines deleted...]
-              <w:t>Donanım Akıllı tahtaprojeksiyon bilgisayar.</w:t>
+              <w:t>Ortam Sınıf bilgi teknolojileri ortamıDonanım Türkiye Cumhuriyeti Anayasası internet broşür gazete dergi resimler    kitaplar    yansıtıcı    projeksiyon    örnek    olay    incelemeleri etkileşimli tahtaprojeksiyon bilgisayar yazıcıtarayıcı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5726" w:rsidTr="00AB5726">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRPr="002F03ED" w:rsidRDefault="00AB5726" w:rsidP="00175F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -8885,53 +8975,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRPr="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ortam Atölye</w:t>
-[...1 lines deleted...]
-              <w:t>Donanım Akıllı tahtaprojeksiyon bilgisayar.</w:t>
+              <w:t>Ortam Sınıf bilgi teknolojileri ortamıDonanım Türkiye Cumhuriyeti Anayasası internet broşür gazete dergi resimler    kitaplar    yansıtıcı    projeksiyon    örnek    olay    incelemeleri etkileşimli tahtaprojeksiyon bilgisayar yazıcıtarayıcı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F03ED" w:rsidTr="00AB5726">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002F03ED" w:rsidRDefault="002F03ED" w:rsidP="00175F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -8946,51 +9034,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002F03ED" w:rsidRPr="00AB5726" w:rsidRDefault="002F03ED" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5726">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Bu    derste    öğrenci    performansı    belirlemeye    yönelik    çalışmalar değerlendirilirken   gözlem   formu   derecelendirme   ölçeği   ve   dereceli puanlama   anahtarı   gibi   ölçme   araçlarından   uygun   olanlar   seçilerek kullanılabilir.  Bunun  yanında  öz  değerlendirme  ve  akran  değerlendirme formları  kullanılarak  öğrencilerin  öğretimin  süreç  boyutuna  katılmaları sağlanabilir.</w:t>
+              <w:t>Bu     derste     öğrenci    performansı    belirlemeye     yönelik     çalışmalar değerlendirilirken   gözlem   formu   derecelendirme   ölçeği   ve   dereceli puanlama   anahtarı   gibi   ölçme   araçlarından   uygun   olanlar   seçilerek kullanılabilir.  Bunun  yanında  öz  değerlendirme  ve  akran  değerlendirme formları  kullanılarak  öğrencilerin  öğretimin  süreç  boyutuna  katılmaları sağlanabilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5726" w:rsidTr="00AB5726">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRPr="002F03ED" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -9129,50 +9217,54 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
+              <w:t>Medeni Usul Hukuku 1.   Medeni Usul Hukukunu meydana getiren esasları açıklama2.   Yargılamaya ilişkin esasları açıklama.</w:t>
+              <w:br/>
+              <w:t>İcra ve İflas Hukuku 1.   İcra Hukukunu oluşturan esasları açıklama2.   İflas yoluyla takip kavramlarını açıklama</w:t>
+              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5726" w:rsidTr="00175F6A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
@@ -9635,51 +9727,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7F5F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>08.01.2026</w:t>
+              <w:t>31.01.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="007E0F75" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E0F75">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> UYGUNDUR</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>