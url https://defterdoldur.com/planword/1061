--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -48,51 +48,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidTr="00C60E81">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16155" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidRDefault="00710B39" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002522F1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2025-2026 EĞİTM-ĞRETİM YILI  .......................................................................... HARTA TAPU KADASTRO ALANI 11. SINIF  MEDEṄ USUL VE İCRA İFLAS HUKUKU(YEN*) DERS ÜNTELENDİRLMİŞ YILLIK PLANI</w:t>
+              <w:t>2025-2026 EĞİTM-RETİM YILI  .......................................................................... HARTA TAPU KADASTRO ALANI 11. SINIF  MEDEṄ USUL VE İCRA İFLAS HUKUKU(YEN*) DERS ÜNTELENDRLMİŞ YILLIK PLANI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C60E81" w:rsidRPr="00710B39" w:rsidTr="008B55DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="006F7A33" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7A33">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -310,51 +310,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>08-12 Eylül</w:t>
+              <w:t>08-12 Eyll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -519,51 +519,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>15-19 Eylül</w:t>
+              <w:t>15-19 Eyll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -728,51 +728,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>3. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>22-26 Eylül</w:t>
+              <w:t>22-26 Eyll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -937,51 +937,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>4. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>29 Eylül-03 Ekim</w:t>
+              <w:t>29 Eyll-03 Ekim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9727,51 +9727,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7F5F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>31.01.2026</w:t>
+              <w:t>21.02.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="007E0F75" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E0F75">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> UYGUNDUR</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>