--- v3 (2026-02-21)
+++ v4 (2026-03-13)
@@ -48,51 +48,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidTr="00C60E81">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16155" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidRDefault="00710B39" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002522F1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2025-2026 EĞİTM-RETİM YILI  .......................................................................... HARTA TAPU KADASTRO ALANI 11. SINIF  MEDEṄ USUL VE İCRA İFLAS HUKUKU(YEN*) DERS ÜNTELENDRLMİŞ YILLIK PLANI</w:t>
+              <w:t>2025-2026 EĞİTM-ĞRETİM YILI  .......................................................................... ULAşTıRMA HZMETLER ALANI 10. SINIF  DEPO PROGRAM(YEN*) DERS ÜNTELENDİRLMİŞ YILLIK PLANI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C60E81" w:rsidRPr="00710B39" w:rsidTr="008B55DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="006F7A33" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7A33">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -310,168 +310,162 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>08-12 Eyll</w:t>
+              <w:t>08-12 Eylül</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
-[...9 lines deleted...]
-              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Uluslararası Temiz Hava Günü</w:t>
             </w:r>
@@ -519,168 +513,162 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>15-19 Eyll</w:t>
+              <w:t>15-19 Eylül</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
-[...9 lines deleted...]
-              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>İlköğretim Haftası Mevlid-i Nebî Haftası Öğrenciler Günü Gaziler Günü</w:t>
             </w:r>
@@ -728,168 +716,162 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>3. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>22-26 Eyll</w:t>
+              <w:t>22-26 Eylül</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
-[...9 lines deleted...]
-              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -937,168 +919,162 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>4. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>29 Eyll-03 Ekim</w:t>
+              <w:t>29 Eylül-03 Ekim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
-[...9 lines deleted...]
-              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Disleksi Haftası Dünya Disleksi Günü</w:t>
             </w:r>
@@ -1190,124 +1166,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
-[...9 lines deleted...]
-              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Ahilik Kültürü Haftası</w:t>
             </w:r>
@@ -1399,124 +1369,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
-[...9 lines deleted...]
-              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -1608,124 +1572,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
-[...9 lines deleted...]
-              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -1817,124 +1775,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
-[...9 lines deleted...]
-              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Cumhuriyet Bayramı</w:t>
             </w:r>
@@ -2026,124 +1978,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Medeni usul hukukunu meydana getiren esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Dönem 1. Sınav Medeni Kanuna uygun olarak Medeni usul hukukunu meydana getiren esasları açıklar.</w:t>
+              <w:t>1. Dönem 1. Sınav Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Medeni usul hukukunun önemi üzerinde durulur.</w:t>
-[...9 lines deleted...]
-              <w:t>      Mahkemelerin yetkisi açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kızılay Haftası Organ Bağışı ve Nakli Haftası Lösemili Çocuklar Haftası</w:t>
             </w:r>
@@ -2432,118 +2378,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Dünya Felsefe Günü Dünya Çocuk Hakları Günü</w:t>
             </w:r>
@@ -2635,118 +2581,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Ağız ve Diş Sağlığı Haftası Öğretmenler Günü</w:t>
             </w:r>
@@ -2838,118 +2784,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Dünya Engelliler Günü Dünya Madenciler Günü Türk Kadınına Seçme ve Seçilme Hakkının Verilişi</w:t>
             </w:r>
@@ -3041,118 +2987,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
+              <w:t>1.  Stok veri girişi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri girişi işlemlerini gerçekleştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
+              <w:t> Depolama   ve   depo   programlarını   kullanır   ancak muhasebe       bilişimteknolojileri       gibi       alanların uygulamalarına girmez.</w:t>
+              <w:br/>
+              <w:t> Sisteme nasıl veri girileceğinin ve kayıt yapılacağının üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok    programında    kısa    yol    oluşturma    işlemleri yapılır.ExcelWord gibi uygulamalardan destek alınır.  Stok program süreçleri açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Mevlana Haftası İnsan Hakları ve Demokrasi Haftası</w:t>
             </w:r>
@@ -3244,118 +3190,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Tutum Yatırım ve Türk Malları Haftası</w:t>
             </w:r>
@@ -3447,118 +3393,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Mehmet Akif Ersoyu Anma Haftası</w:t>
             </w:r>
@@ -3650,118 +3596,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -3853,118 +3799,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Yargılamaya ilişkin esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Dönem 2. Sınav Medeni  Kanuna  uygun  olarak  yargılamaya  ilişkin esasları açıklar.</w:t>
+              <w:t>1. Dönem 2. Sınav Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Yargılamaya ilişkin esaslar örnekleyerek açıklanır.</w:t>
-[...3 lines deleted...]
-              <w:t>      Davadaki özel durumlar açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Enerji Tasarrufu Haftası</w:t>
             </w:r>
@@ -4647,116 +4593,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -4848,116 +4796,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -5049,116 +4999,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -5250,116 +5202,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Vergi Haftası Yeşilay Haftası</w:t>
             </w:r>
@@ -5451,116 +5405,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Girişimcilik Haftası</w:t>
             </w:r>
@@ -5652,116 +5608,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Bilim ve Teknoloji Haftası İstiklâl Marşının Kabulü ve Mehmet Akif Ersoyu Anma Günü</w:t>
             </w:r>
@@ -6050,116 +6008,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Orman Haftası Dünya Tiyatrolar Günü</w:t>
             </w:r>
@@ -6251,116 +6211,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
+              <w:t>Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kütüphaneler Haftası Kanser Haftası Dünya Otizm Farkındalık Günü</w:t>
             </w:r>
@@ -6452,116 +6414,118 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>Stok Programı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  İcra hukukunu oluşturan esaslar</w:t>
+              <w:t>2.  Stok veri takibi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2. Dönem 1. Sınav İcra ve İflas Hukukuna uygun olarak icra hukukunu oluşturan esasları icra takipleriyle birlikte açıklar.</w:t>
+              <w:t>2. Dönem 1. Sınav Firma  standartlarına  uygun  olarak  program  üzerinden stok veri takibini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Cebri İcra Hukuku örnek verilerek açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>      İlamlı  takip  genel  haciz  yoluyla  takip  ve  diğer  icra takiplerini örnekleyerek açıklanır.</w:t>
+              <w:t> Stok    programında    faturalama    işlemlerinin    nasıl yapılacağı üzerinde durulur.</w:t>
+              <w:br/>
+              <w:t> Stok programından çıkış işlemlerinin     yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> Stok  programından  rapor  alma  işlemleri  açıklanarak raporların alınması sağlanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kanser Haftası Dünya Sağlık GününDünya Sağlık Haftası Kişisel Verileri Koruma Günü</w:t>
             </w:r>
@@ -6653,120 +6617,122 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>El Terminali ve Depo Yazılımları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  İflas yoluyla takip</w:t>
+              <w:t>1.  El terminali ile ürün tanımlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
+              <w:t>Firma standartlarına uygun şekilde program üzerinden el terminali ile ürün tanımlaması yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İflas davası açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
+              <w:t> El        terminali           RFID   barkod  okuyucu kullanımı açıklanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile ürün tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile lokasyon tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminalinin kullanılan stok programına entegre edilmesi sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali etiket ribon yazıcı arasındaki uyumu açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Turizm Haftası</w:t>
             </w:r>
@@ -6858,120 +6824,122 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>El Terminali ve Depo Yazılımları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  İflas yoluyla takip</w:t>
+              <w:t>1.  El terminali ile ürün tanımlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
+              <w:t>Firma standartlarına uygun şekilde program üzerinden el terminali ile ürün tanımlaması yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İflas davası açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
+              <w:t> El        terminali           RFID   barkod  okuyucu kullanımı açıklanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile ürün tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile lokasyon tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminalinin kullanılan stok programına entegre edilmesi sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali etiket ribon yazıcı arasındaki uyumu açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Ulusal Egemenlik ve Çocuk Bayramı</w:t>
             </w:r>
@@ -7063,120 +7031,122 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>El Terminali ve Depo Yazılımları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  İflas yoluyla takip</w:t>
+              <w:t>1.  El terminali ile ürün tanımlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
+              <w:t>Firma standartlarına uygun şekilde program üzerinden el terminali ile ürün tanımlaması yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İflas davası açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
+              <w:t> El        terminali           RFID   barkod  okuyucu kullanımı açıklanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile ürün tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile lokasyon tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminalinin kullanılan stok programına entegre edilmesi sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali etiket ribon yazıcı arasındaki uyumu açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kûtül Amâre Zaferi</w:t>
             </w:r>
@@ -7268,120 +7238,122 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>El Terminali ve Depo Yazılımları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  İflas yoluyla takip</w:t>
+              <w:t>1.  El terminali ile ürün tanımlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
+              <w:t>Firma standartlarına uygun şekilde program üzerinden el terminali ile ürün tanımlaması yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İflas davası açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
+              <w:t> El        terminali           RFID   barkod  okuyucu kullanımı açıklanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile ürün tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile lokasyon tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminalinin kullanılan stok programına entegre edilmesi sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali etiket ribon yazıcı arasındaki uyumu açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Bilişim Haftası Trafik ve İlkyardım Haftası İş Sağlığı ve Güvenliği Haftası</w:t>
             </w:r>
@@ -7473,120 +7445,122 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>El Terminali ve Depo Yazılımları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  İflas yoluyla takip</w:t>
+              <w:t>1.  El terminali ile ürün tanımlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
+              <w:t>Firma standartlarına uygun şekilde program üzerinden el terminali ile ürün tanımlaması yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İflas davası açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
+              <w:t> El        terminali           RFID   barkod  okuyucu kullanımı açıklanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile ürün tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile lokasyon tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminalinin kullanılan stok programına entegre edilmesi sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali etiket ribon yazıcı arasındaki uyumu açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Engelliler Haftası Vakıflar Haftası</w:t>
             </w:r>
@@ -7678,120 +7652,122 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>El Terminali ve Depo Yazılımları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  İflas yoluyla takip</w:t>
+              <w:t>1.  El terminali ile ürün tanımlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
+              <w:t>Firma standartlarına uygun şekilde program üzerinden el terminali ile ürün tanımlaması yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İflas davası açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
+              <w:t> El        terminali           RFID   barkod  okuyucu kullanımı açıklanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile ürün tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile lokasyon tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminalinin kullanılan stok programına entegre edilmesi sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali etiket ribon yazıcı arasındaki uyumu açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Müzeler Haftası Atatürkü Anma ve Gençlik ve Spor Bayramı</w:t>
             </w:r>
@@ -7883,120 +7859,122 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>El Terminali ve Depo Yazılımları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  İflas yoluyla takip</w:t>
+              <w:t>1.  El terminali ile ürün tanımlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
+              <w:t>Firma standartlarına uygun şekilde program üzerinden el terminali ile ürün tanımlaması yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İflas davası açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
+              <w:t> El        terminali           RFID   barkod  okuyucu kullanımı açıklanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile ürün tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile lokasyon tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminalinin kullanılan stok programına entegre edilmesi sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali etiket ribon yazıcı arasındaki uyumu açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü İstanbulun Fethi</w:t>
             </w:r>
@@ -8088,120 +8066,122 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>El Terminali ve Depo Yazılımları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  İflas yoluyla takip</w:t>
+              <w:t>1.  El terminali ile ürün tanımlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2. Dönem 2. Sınav İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
+              <w:t>2. Dönem 2. Sınav Firma standartlarına uygun şekilde program üzerinden el terminali ile ürün tanımlaması yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İflas davası açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
+              <w:t> El        terminali           RFID   barkod  okuyucu kullanımı açıklanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile ürün tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile lokasyon tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminalinin kullanılan stok programına entegre edilmesi sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali etiket ribon yazıcı arasındaki uyumu açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü Hayat Boyu Öğrenme Haftası</w:t>
             </w:r>
@@ -8293,120 +8273,122 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra ve İflas Hukuku</w:t>
+              <w:t>El Terminali ve Depo Yazılımları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  İflas yoluyla takip</w:t>
+              <w:t>1.  El terminali ile ürün tanımlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İcra  ve  İflas  Hukukuna  uygun  olarak  iflas  yoluyla takip kavramlarını açıklar.</w:t>
+              <w:t>Firma standartlarına uygun şekilde program üzerinden el terminali ile ürün tanımlaması yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İflas davası açıklanır.</w:t>
-[...5 lines deleted...]
-              <w:t>      Konkordato    iflas    antlaşması    şartlarıyla    birlikte açıklanır.</w:t>
+              <w:t> El        terminali           RFID   barkod  okuyucu kullanımı açıklanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile ürün tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile lokasyon tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminalinin kullanılan stok programına entegre edilmesi sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali etiket ribon yazıcı arasındaki uyumu açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü Çevre ve İklim Değişikliği Haftası</w:t>
             </w:r>
@@ -8498,114 +8480,124 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Genel Tekrar</w:t>
+              <w:t>El Terminali ve Depo Yazılımları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Genel Tekrar</w:t>
+              <w:t>1.  El terminali ile ürün tanımlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Genel Tekrar</w:t>
+              <w:t>Firma standartlarına uygun şekilde program üzerinden el terminali ile ürün tanımlaması yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Genel Tekrar</w:t>
+              <w:t> El        terminali           RFID   barkod  okuyucu kullanımı açıklanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile ürün tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali ile lokasyon tanımlaması işlemleri açıklanarak yapılması sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminalinin kullanılan stok programına entegre edilmesi sağlanır.</w:t>
+              <w:br/>
+              <w:t> El terminali etiket ribon yazıcı arasındaki uyumu açıklanır.</w:t>
+              <w:br/>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8914,51 +8906,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002F03ED" w:rsidRPr="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="007E0F75">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5726">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ortam Sınıf bilgi teknolojileri ortamıDonanım Türkiye Cumhuriyeti Anayasası internet broşür gazete dergi resimler    kitaplar    yansıtıcı    projeksiyon    örnek    olay    incelemeleri etkileşimli tahtaprojeksiyon bilgisayar yazıcıtarayıcı</w:t>
+              <w:t>Ortam Ulaştırma Hizmetleri laboratuvarıDonanım Etkileşimli tahtaprojeksiyon bilgisayar yazıcıtarayıcı el terminali depo programı sağlanmalıdır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5726" w:rsidTr="00AB5726">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRPr="002F03ED" w:rsidRDefault="00AB5726" w:rsidP="00175F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -8975,51 +8967,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRPr="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ortam Sınıf bilgi teknolojileri ortamıDonanım Türkiye Cumhuriyeti Anayasası internet broşür gazete dergi resimler    kitaplar    yansıtıcı    projeksiyon    örnek    olay    incelemeleri etkileşimli tahtaprojeksiyon bilgisayar yazıcıtarayıcı</w:t>
+              <w:t>Ortam Ulaştırma Hizmetleri laboratuvarıDonanım Etkileşimli tahtaprojeksiyon bilgisayar yazıcıtarayıcı el terminali depo programı sağlanmalıdır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F03ED" w:rsidTr="00AB5726">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002F03ED" w:rsidRDefault="002F03ED" w:rsidP="00175F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -9034,51 +9026,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002F03ED" w:rsidRPr="00AB5726" w:rsidRDefault="002F03ED" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5726">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Bu     derste     öğrenci    performansı    belirlemeye     yönelik     çalışmalar değerlendirilirken   gözlem   formu   derecelendirme   ölçeği   ve   dereceli puanlama   anahtarı   gibi   ölçme   araçlarından   uygun   olanlar   seçilerek kullanılabilir.  Bunun  yanında  öz  değerlendirme  ve  akran  değerlendirme formları  kullanılarak  öğrencilerin  öğretimin  süreç  boyutuna  katılmaları sağlanabilir.</w:t>
+              <w:t>Bu    derste    öğrenci    performansı    belirlemeye    yönelik    çalışmalar değerlendirilirken   gözlem   formu   derecelendirme   ölçeği   ve   dereceli puanlama   anahtarı   gibi   ölçme   araçlarından   uygun   olanlar   seçilerek kullanılabilir.  Bunun  yanında  öz  değerlendirme  ve  akran  değerlendirme formları  kullanılarak  öğrencilerin  öğretimin  süreç  boyutuna  katılmaları sağlanabilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5726" w:rsidTr="00AB5726">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRPr="002F03ED" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -9217,53 +9209,53 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Medeni Usul Hukuku 1.   Medeni Usul Hukukunu meydana getiren esasları açıklama2.   Yargılamaya ilişkin esasları açıklama.</w:t>
-[...1 lines deleted...]
-              <w:t>İcra ve İflas Hukuku 1.   İcra Hukukunu oluşturan esasları açıklama2.   İflas yoluyla takip kavramlarını açıklama</w:t>
+              <w:t>Stok Programı 1.   AtölyedeLaboratuarda stok programını bilgisayara yüklemek.          diğer    uygulamalarla2.   Stok programında kısayol oluşturma işlemleri yapmak3.   Stok programında verileri kayıt etmek. Kayıtlı verileri desteklemek.Excel Word vb.4.   Programa ürün tanımlamak.5.   Programa adres raf depo tanımlamak.6.   Cari kart tanımlaması yapmak.7.   Stok programında ürün gruplama işlemlerini yapmak.8.   Stok programında personel yetkilendirme işlemlerini yapmak9.   Stok programında faturalama işlemleri yapmak10. Stok programında etiket oluşturma işlemlerini yapmak11. Stok programında raporlar almak</w:t>
+              <w:br/>
+              <w:t>El Terminali ve Depo Yazılımları 1.   El terminali ile ürün tanımlaması işlemlerini yapmak.2.   El terminali ile lokasyon tanımlaması işlemleri yapmak3.   El terminalin kullanılan stok programınaentegre etmek4.   El terminali ile etiket barkod okutmak5.   El terminali ile ürün toplama ve dağıtım işlemlerini yapmak</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5726" w:rsidTr="00175F6A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
           </w:tcPr>
@@ -9727,51 +9719,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7F5F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>21.02.2026</w:t>
+              <w:t>13.03.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="007E0F75" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E0F75">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> UYGUNDUR</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>