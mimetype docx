--- v0 (2026-02-26)
+++ v1 (2026-03-19)
@@ -12219,51 +12219,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7F5F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>26.02.2026</w:t>
+              <w:t>19.03.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00816AF9" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816AF9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> UYGUNDUR</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>