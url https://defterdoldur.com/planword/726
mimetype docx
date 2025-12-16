--- v0 (2025-11-24)
+++ v1 (2025-12-16)
@@ -48,51 +48,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidTr="00C60E81">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16155" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidRDefault="00710B39" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002522F1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2025-2026 EĞTİM-ÖRETİM YILI  .......................................................................... İNşAAT TEKNOLOJİSİ ALANI 11. SINIF  BİLGİSAYARLA YAPı MALİYET HESAPLARı DERSİ ÜNİTELENDİRLM YILLIK PLANI</w:t>
+              <w:t>2025-2026 EĞİTİM-ÖĞRETM YILI  .......................................................................... İNşAAT TEKNOLOJS ALANI 11. SINIF  BLGSAYARLA YAPı MALYET HESAPLARı DERSİ ÜNTELENDİRLM YILLIK PLANI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C60E81" w:rsidRPr="00710B39" w:rsidTr="008B55DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="006F7A33" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7A33">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -9575,51 +9575,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7F5F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>24.11.2025</w:t>
+              <w:t>16.12.2025</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="007E0F75" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E0F75">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> UYGUNDUR</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>