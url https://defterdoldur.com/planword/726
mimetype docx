--- v1 (2025-12-16)
+++ v2 (2026-01-11)
@@ -48,51 +48,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidTr="00C60E81">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16155" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidRDefault="00710B39" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002522F1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2025-2026 EĞİTİM-ÖĞRETM YILI  .......................................................................... İNşAAT TEKNOLOJS ALANI 11. SINIF  BLGSAYARLA YAPı MALYET HESAPLARı DERSİ ÜNTELENDİRLM YILLIK PLANI</w:t>
+              <w:t>2025-2026 EĞİTM-ÖĞRETİM YILI  .......................................................................... İNşAAT TEKNOLOJS ALANI 11. SINIF  BLGSAYARLA YAPı MALYET HESAPLARı DERS ÜNTELENDİRLMİŞ YILLIK PLANI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C60E81" w:rsidRPr="00710B39" w:rsidTr="008B55DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="006F7A33" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7A33">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -9575,51 +9575,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7F5F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>16.12.2025</w:t>
+              <w:t>11.01.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="007E0F75" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E0F75">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> UYGUNDUR</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>