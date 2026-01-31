--- v2 (2026-01-11)
+++ v3 (2026-01-31)
@@ -48,51 +48,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidTr="00C60E81">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16155" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidRDefault="00710B39" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002522F1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2025-2026 EĞİTM-ÖĞRETİM YILI  .......................................................................... İNşAAT TEKNOLOJS ALANI 11. SINIF  BLGSAYARLA YAPı MALYET HESAPLARı DERS ÜNTELENDİRLMİŞ YILLIK PLANI</w:t>
+              <w:t>2025-2026 EĞİTM-ĞRETİM YILI  .......................................................................... İNşAAT TEKNOLOJS ALANI 11. SINIF  BLGSAYARLA YAPı MALYET HESAPLARı DERS ÜNTELENDİRLMİŞ YILLIK PLANI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C60E81" w:rsidRPr="00710B39" w:rsidTr="008B55DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="006F7A33" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7A33">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -4495,51 +4495,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>22. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>02-06 Şubat</w:t>
+              <w:t>02-06 ubat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4692,51 +4692,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>23. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>09-13 Şubat</w:t>
+              <w:t>09-13 ubat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4889,51 +4889,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>24. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>16-20 Şubat</w:t>
+              <w:t>16-20 ubat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5092,51 +5092,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>25. Hafta:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>23-27 Şubat</w:t>
+              <w:t>23-27 ubat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9575,51 +9575,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7F5F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>11.01.2026</w:t>
+              <w:t>31.01.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="007E0F75" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E0F75">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> UYGUNDUR</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>